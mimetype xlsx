--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R321fd647b70d436f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc47ad7099043d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d2ab9d7644a46c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10322e1310d342e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bb2f0cb472a4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d2ab9d7644a46c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b71a53ae2f94685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10322e1310d342e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strong Brand und Market Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>122,490</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,062</x:t>
-[...404 lines deleted...]
-          <x:t>132,344</x:t>
+          <x:t>122,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>