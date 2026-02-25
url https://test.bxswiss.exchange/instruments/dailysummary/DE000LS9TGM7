--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc47ad7099043d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81feba43b37c4ae4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10322e1310d342e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7963be88a4e4df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b71a53ae2f94685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10322e1310d342e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf277a082e0114d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7963be88a4e4df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strong Brand und Market Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>120,165</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>122,953</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,721</x:t>
-[...350 lines deleted...]
-          <x:t>121,113</x:t>
+          <x:t>122,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>