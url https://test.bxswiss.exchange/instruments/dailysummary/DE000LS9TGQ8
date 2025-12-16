--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe825f868ed419e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R797c86ed9e524be3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0863d0c14f84439f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e158270e4824e20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d98d539fdb34903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0863d0c14f84439f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0148c4991e574718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e158270e4824e20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Caps Diamond</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>116,302</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>