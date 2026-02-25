--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R797c86ed9e524be3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c57463fdfd94067" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e158270e4824e20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd61a890bfd5a4c45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0148c4991e574718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e158270e4824e20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff01b2a83d994216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd61a890bfd5a4c45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Caps Diamond</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TGQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>