--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R780ef82c2708426b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf097945e512b40b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdecf2fa40b0341d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R414f2a4dbdfe44d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R386955b451af4b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdecf2fa40b0341d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d89a4a95021489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R414f2a4dbdfe44d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solid Tech Universum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>220,118</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>