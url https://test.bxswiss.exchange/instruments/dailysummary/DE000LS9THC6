--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf097945e512b40b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d573997f9448a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R414f2a4dbdfe44d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad8baf66f4f04570"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d89a4a95021489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R414f2a4dbdfe44d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8b6c71b46444d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad8baf66f4f04570" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solid Tech Universum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>225,275</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>223,346</x:t>
-[...215 lines deleted...]
-          <x:t>218,365</x:t>
+          <x:t>218,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>