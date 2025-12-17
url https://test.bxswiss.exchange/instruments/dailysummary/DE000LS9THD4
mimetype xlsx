--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e0913fb31e439b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8091784614d14997" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aec4ebc5734464b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebbb84650a904625"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d39b5be1064147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aec4ebc5734464b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb490846ca8ed4ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebbb84650a904625" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktchancen 202X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,539</x:t>
-[...63 lines deleted...]
-          <x:t>7,536</x:t>
+          <x:t>7,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>