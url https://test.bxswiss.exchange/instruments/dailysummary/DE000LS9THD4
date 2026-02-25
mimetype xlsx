--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8091784614d14997" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aaaa85c0b5f4b89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebbb84650a904625"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5166937893a94d68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb490846ca8ed4ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebbb84650a904625" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47650fa2eae04065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5166937893a94d68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktchancen 202X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,479</x:t>
-[...21 lines deleted...]
-          <x:t>7,476</x:t>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,475</x:t>
-[...102 lines deleted...]
-          <x:t>7,494</x:t>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,484</x:t>
-[...6 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,488</x:t>
-        </x:is>
-[...278 lines deleted...]
-          <x:t>7,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>