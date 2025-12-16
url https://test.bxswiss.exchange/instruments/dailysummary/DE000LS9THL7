--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf95bcb24cbc42b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c732e687ea4a0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c6ccc9f13b4ebb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c02645a9914380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbae6093db43d40b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c6ccc9f13b4ebb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97d4735444ea4246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c02645a9914380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA My Best of US 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>127,858</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,801</x:t>
-[...593 lines deleted...]
-          <x:t>133,874</x:t>
+          <x:t>124,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>