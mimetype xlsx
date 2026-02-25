--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c732e687ea4a0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab307216932a4f12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c02645a9914380"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R780a79f0a8744bf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97d4735444ea4246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c02645a9914380" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95e31792316e4748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R780a79f0a8744bf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA My Best of US 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>