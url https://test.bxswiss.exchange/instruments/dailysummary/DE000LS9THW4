--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb78f081f8d2f4b74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb27aea07fd644ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cbd73f896cb46f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f31702d278d494f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8851024fe16949e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cbd73f896cb46f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ddd277a0919414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f31702d278d494f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top World Healthcare Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>94,456</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>