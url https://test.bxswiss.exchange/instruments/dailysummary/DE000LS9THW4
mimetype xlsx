--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb27aea07fd644ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeaabf462ad14b99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f31702d278d494f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15357aed06684366"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ddd277a0919414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f31702d278d494f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfddea6ef6c6e4514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15357aed06684366" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top World Healthcare Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>96,160</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,754</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>92,632</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>