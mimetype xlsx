--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24c0fbad0b0b4f01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcd436acb829487d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28adf8a712b54a3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aa9f10241324221"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa259393be824187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28adf8a712b54a3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c9a0e2cf9774c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aa9f10241324221" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legitimate Growth Enterprises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>169,963</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>