--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf924c43dbd7640a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92bfa8368ee4919" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3c8734948c84ed7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd745def0e6f4073"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba9d0162ea024775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3c8734948c84ed7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8203531ebb304b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd745def0e6f4073" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlauesHufeisen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>175,614</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,501</x:t>
-[...166 lines deleted...]
-          <x:t>182,760</x:t>
+          <x:t>177,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>