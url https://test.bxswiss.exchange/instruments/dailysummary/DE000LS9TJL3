--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92bfa8368ee4919" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra036849280524d3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd745def0e6f4073"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R796b192be2b249c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8203531ebb304b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd745def0e6f4073" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb5b7e85cbef4d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R796b192be2b249c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlauesHufeisen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>177,534</x:t>
-[...441 lines deleted...]
-          <x:t>177,488</x:t>
+          <x:t>176,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>