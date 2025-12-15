--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafd1ab600bb34d5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1314680203474d96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43c6cfd548384d97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f5f3d982fc041c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ddeac0f69ed4b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43c6cfd548384d97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26ca14e58dc74447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f5f3d982fc041c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cigar Butt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,362</x:t>
-[...171 lines deleted...]
-          <x:t>109,535</x:t>
+          <x:t>109,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>