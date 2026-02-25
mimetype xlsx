--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1314680203474d96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf521df9e48b24746" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f5f3d982fc041c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R694c665f4c7d40ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26ca14e58dc74447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f5f3d982fc041c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66d8522ebe9c41b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R694c665f4c7d40ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cigar Butt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...554 lines deleted...]
-          <x:t>110,423</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,293</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>112,890</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>