--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra647eea90f204fdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1338fb5d94d74d8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra42708bdfa624881"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc54bf2d849ae43ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a1ada5cf2024ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra42708bdfa624881" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1376772cfc51479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc54bf2d849ae43ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien_Entsorgung_Recycling</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>157,237</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,828</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>158,785</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>