--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1338fb5d94d74d8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93a40701d0d94b39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc54bf2d849ae43ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf50a6d4834a64be2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1376772cfc51479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc54bf2d849ae43ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65910829b8654f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf50a6d4834a64be2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien_Entsorgung_Recycling</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>