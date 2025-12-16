--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5ffa30afcf24049" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf11b678a77a743ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8253dc5ddf7d47bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6adf77b46c944aa2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0e7fe41d1744d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8253dc5ddf7d47bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46deda42d9ac4fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6adf77b46c944aa2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fortune Best Employers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,134</x:t>
-[...225 lines deleted...]
-          <x:t>118,901</x:t>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>