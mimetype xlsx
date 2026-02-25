--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf11b678a77a743ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5346aa9c940401d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6adf77b46c944aa2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a767e337fd94a7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46deda42d9ac4fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6adf77b46c944aa2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c5f3857d3444673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a767e337fd94a7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fortune Best Employers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>