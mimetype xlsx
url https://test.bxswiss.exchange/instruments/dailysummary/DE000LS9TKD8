--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R965f7b0a5d47436f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc436781c078453a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7099f9fb181d413f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbefa5978a09647e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9e63686dcc94c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7099f9fb181d413f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbedda22935c94027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbefa5978a09647e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMARAGD Growth-Aktien-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>80,144</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>