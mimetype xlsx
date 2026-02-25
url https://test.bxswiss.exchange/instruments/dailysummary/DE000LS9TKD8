--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc436781c078453a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5761ac06e0646d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbefa5978a09647e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05d1fdec4d694115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbedda22935c94027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbefa5978a09647e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82ae7e974a8a479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05d1fdec4d694115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMARAGD Growth-Aktien-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>74,488</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,378</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>75,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>