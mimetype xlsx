--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed8fc28ae8d45a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3f413cca7d344ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R317ecaeb3eb04482"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbed15d9c51e4ad9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce353115bef4446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R317ecaeb3eb04482" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71a215efdd554fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbed15d9c51e4ad9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pinchas Top 20 Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>82,699</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,673</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>84,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>