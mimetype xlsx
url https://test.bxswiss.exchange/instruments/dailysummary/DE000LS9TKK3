--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R525daab093b0426e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13aefcff2d1b488b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4fdba8930a24c5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4e7a94d10ed43b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80ff2d78caa942f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4fdba8930a24c5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6792ff80f3224e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4e7a94d10ed43b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Europawerte im Faktormodell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,516</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>