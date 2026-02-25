--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13aefcff2d1b488b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b7e55d124f04d7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4e7a94d10ed43b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f537f489fd74a1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6792ff80f3224e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4e7a94d10ed43b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red11364a7f5b453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f537f489fd74a1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Europawerte im Faktormodell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...468 lines deleted...]
-          <x:t>125,697</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,340</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>125,861</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>