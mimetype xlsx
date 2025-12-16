--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fec25e3c2a94b85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5430ee283b0419d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48b06792c03346f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69fd067d19854cc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd54c2d2f321b4616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48b06792c03346f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb455b4a456a34e50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69fd067d19854cc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JC VALUE AND GROWTH STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>161,430</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>