--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5430ee283b0419d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e462ae7b1224e8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69fd067d19854cc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8df4daa1b24349b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb455b4a456a34e50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69fd067d19854cc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a37f691318e47aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8df4daa1b24349b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JC VALUE AND GROWTH STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>