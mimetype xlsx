--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8d153dd702b4221" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6387f55a5d5042fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6520653e18b84827"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84c0cc035d9844a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3a01fde443f45b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6520653e18b84827" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe3d0f5936fc4d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84c0cc035d9844a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Event Investing and Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>178,733</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>