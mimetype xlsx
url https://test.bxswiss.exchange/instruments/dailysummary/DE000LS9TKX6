--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6387f55a5d5042fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ca93206116b4f6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84c0cc035d9844a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R232260d57af5454b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe3d0f5936fc4d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84c0cc035d9844a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4718bce681504114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R232260d57af5454b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Event Investing and Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>