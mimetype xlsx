--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1db03133cf054d00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e202e2e33e34a8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3dfbbf5ba504ebc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26406fdf908c4c77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2977f8fa1464fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3dfbbf5ba504ebc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf05edefe38134eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26406fdf908c4c77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stars of tomorrow worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>308,412</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>