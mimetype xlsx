--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e202e2e33e34a8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83128291f6f04121" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26406fdf908c4c77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c95145c47904b83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf05edefe38134eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26406fdf908c4c77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca005d129f44a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c95145c47904b83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stars of tomorrow worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>