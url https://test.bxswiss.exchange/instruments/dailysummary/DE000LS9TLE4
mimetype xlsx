--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51f41aec5c0a4e48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc04f72781e4239" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc75dbec757f449b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07c4d119cd0f4a3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e25294b70a247b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc75dbec757f449b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R493bcea1bd2a4829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07c4d119cd0f4a3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JoChancen international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>112,749</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>