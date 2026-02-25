--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc04f72781e4239" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4dd4f74ee8c454d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07c4d119cd0f4a3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7b8cd567efa4289"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R493bcea1bd2a4829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07c4d119cd0f4a3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe05b6ccee9a406c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7b8cd567efa4289" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JoChancen international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>106,826</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,792</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>108,553</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>