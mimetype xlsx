--- v0 (2025-10-04)
+++ v1 (2025-12-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70fca089c06c4d22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e08bb28e2c4c65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re178bb96685849d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59e9f5427c2946a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38bcdd77a52b4771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re178bb96685849d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0088c562076a4afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59e9f5427c2946a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leeway AI - Quantitativ Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>161,375</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>166,555</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>