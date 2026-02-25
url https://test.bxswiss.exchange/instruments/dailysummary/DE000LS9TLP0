--- v1 (2025-12-13)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e08bb28e2c4c65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d1bbfd1f6545f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59e9f5427c2946a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6fdfc5a8ac045b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0088c562076a4afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59e9f5427c2946a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b15beba5f7f4415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6fdfc5a8ac045b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leeway AI - Quantitativ Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>165,136</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>