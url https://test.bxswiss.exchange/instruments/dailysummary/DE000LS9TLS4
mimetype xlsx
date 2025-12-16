--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c73ff16db384321" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7127ef975d0b44a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b38b2df4da542d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e52082a06b14eeb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf00ea38e207e4703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b38b2df4da542d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36c6518a69434e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e52082a06b14eeb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien oder Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>111,420</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>