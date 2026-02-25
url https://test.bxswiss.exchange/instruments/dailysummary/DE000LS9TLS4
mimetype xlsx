--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7127ef975d0b44a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05ffce961a514025" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e52082a06b14eeb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf562e3138f064626"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36c6518a69434e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e52082a06b14eeb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c386a8aab947af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf562e3138f064626" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien oder Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>