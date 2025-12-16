--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbd2a511e4844cf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31025a30e3574edf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0d1d68b0aeb42a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb88024a524794cf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62c3c5a894c74b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0d1d68b0aeb42a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5a3df9a4e844199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb88024a524794cf8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium Batterie Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>122,266</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>