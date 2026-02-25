--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31025a30e3574edf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d18a8fdfe8b4e92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb88024a524794cf8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30bd853994a54d10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5a3df9a4e844199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb88024a524794cf8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cda54465f704066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30bd853994a54d10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium Batterie Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>