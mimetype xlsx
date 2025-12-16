--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02daaaba415b41f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc180ee04b144cf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e51881047324e6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R164dc347eed34b52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R758624f2f31843d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e51881047324e6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29c2db76d2d54ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R164dc347eed34b52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienperlen weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TME2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>184,097</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>