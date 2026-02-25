--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc180ee04b144cf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R286c3e8464a448dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R164dc347eed34b52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2019f21209cc4ab6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29c2db76d2d54ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R164dc347eed34b52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93d7d4ccaf4a4484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2019f21209cc4ab6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienperlen weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TME2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>183,738</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,310</x:t>
-[...188 lines deleted...]
-          <x:t>182,611</x:t>
+          <x:t>182,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>