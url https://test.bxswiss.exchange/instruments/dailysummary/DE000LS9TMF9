--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc649d2f3bf284980" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d1aaa9a31ec4eb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59bef2deb6d24dee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R364b51596c63412b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R134d8fa5fb5e4149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59bef2deb6d24dee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72908375037d4884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R364b51596c63412b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and turnaround Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>115,201</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,621</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>116,582</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>