--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d1aaa9a31ec4eb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8404a3d3d0af4898" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R364b51596c63412b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf12dcfc3f5b140e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72908375037d4884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R364b51596c63412b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c4ffed77ed24a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf12dcfc3f5b140e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and turnaround Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,604</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>