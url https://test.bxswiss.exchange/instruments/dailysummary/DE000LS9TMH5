--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb57674f4564846d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd91544d9f3294a65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96daa3b8d68842a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree8af92473c948dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra90519cbf8964144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96daa3b8d68842a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recc460acac4948cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree8af92473c948dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frugalisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>120,781</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>