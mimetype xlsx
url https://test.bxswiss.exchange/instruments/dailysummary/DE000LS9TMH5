--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd91544d9f3294a65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4601c0f0b8b0488f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree8af92473c948dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4f787893bc145ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recc460acac4948cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree8af92473c948dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f1ada8adb2a4f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4f787893bc145ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frugalisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,121</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>