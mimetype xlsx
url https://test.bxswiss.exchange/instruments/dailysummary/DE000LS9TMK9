--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22db792bdc4241b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a60152a8c574f36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf978935e3acf4e3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd92d5be2cd6b4950"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd5f454119ca45c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf978935e3acf4e3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d31f04016e4c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd92d5be2cd6b4950" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Royalty Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>129,259</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>