--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a60152a8c574f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07bdf0485164a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd92d5be2cd6b4950"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e6e4288c02646c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d31f04016e4c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd92d5be2cd6b4950" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0a228965a244eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e6e4288c02646c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Royalty Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>