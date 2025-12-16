--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e49950f5d144f0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30fed0df0aae4c0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf21169cc2adc4c15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43876af5ad0d45f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R312e4ebbc6954a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf21169cc2adc4c15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac008c44ecf34a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43876af5ad0d45f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stromdefizit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>83,706</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,862</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,052</x:t>
-[...48 lines deleted...]
-          <x:t>83,987</x:t>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,904</x:t>
-[...70 lines deleted...]
-          <x:t>83,787</x:t>
+          <x:t>84,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,674</x:t>
-[...274 lines deleted...]
-          <x:t>84,092</x:t>
+          <x:t>83,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>