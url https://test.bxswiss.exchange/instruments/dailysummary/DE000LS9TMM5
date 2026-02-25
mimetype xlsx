--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30fed0df0aae4c0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd53fae5cd24b85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43876af5ad0d45f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bdfaa4700c3438d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac008c44ecf34a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43876af5ad0d45f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R819664d7703d4309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bdfaa4700c3438d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stromdefizit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>