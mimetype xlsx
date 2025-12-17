--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83aa97f91030466f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7c5149a89ec4b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re41acabd835a4cf7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ecfb53db8734d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R643aab7c42b64548" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re41acabd835a4cf7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb41e21cdb3204c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ecfb53db8734d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Unternehmen Matrix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>451,415</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>