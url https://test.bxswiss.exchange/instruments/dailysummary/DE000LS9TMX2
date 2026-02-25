--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7c5149a89ec4b78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa949a1611540b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ecfb53db8734d2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e8d68aa245e42a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb41e21cdb3204c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ecfb53db8734d2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R421170ec9f3d4a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e8d68aa245e42a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Unternehmen Matrix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>