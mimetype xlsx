--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75ca437e64b48ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07a071285664998" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf08b735e8064311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3ea3959507d4b09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b12da81289348c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf08b735e8064311" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d4cca92c72465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3ea3959507d4b09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoff- und Edelmetallexplorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>83,364</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>