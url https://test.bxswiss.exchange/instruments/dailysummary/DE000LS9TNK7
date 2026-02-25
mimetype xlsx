--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07a071285664998" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c164d181d054a51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3ea3959507d4b09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cfc25a0ab0b4f49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d4cca92c72465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3ea3959507d4b09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ccc5cf2fa7f49d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cfc25a0ab0b4f49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoff- und Edelmetallexplorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>