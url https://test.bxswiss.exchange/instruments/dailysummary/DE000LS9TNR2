--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc27e5a236e1c4b0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0237ea01e674e23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R777c1c00e410492f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R831e4dd93b704e2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddb3770ce3d24c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R777c1c00e410492f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3d52aab82ea40fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R831e4dd93b704e2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fallen Superstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,834</x:t>
-[...90 lines deleted...]
-          <x:t>127,210</x:t>
+          <x:t>127,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>