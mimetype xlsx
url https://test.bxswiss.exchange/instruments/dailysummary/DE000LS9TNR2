--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0237ea01e674e23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3406aa17a1945b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R831e4dd93b704e2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc11bdc7ec2204040"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3d52aab82ea40fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R831e4dd93b704e2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b555ddf5cb1404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc11bdc7ec2204040" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fallen Superstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>128,454</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,501</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>129,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>