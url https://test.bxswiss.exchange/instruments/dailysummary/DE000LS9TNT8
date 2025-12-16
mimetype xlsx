--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04bc3f302d874a42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R177171a85eff48f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8a635d720304ceb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda69a53fcabe454a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57815501aa574cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8a635d720304ceb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96405399fe38416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda69a53fcabe454a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Richest 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>178,381</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>