--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R177171a85eff48f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93a97e968dc647f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda69a53fcabe454a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4360cbe34914743"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96405399fe38416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda69a53fcabe454a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6680d27e203247a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4360cbe34914743" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Richest 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>