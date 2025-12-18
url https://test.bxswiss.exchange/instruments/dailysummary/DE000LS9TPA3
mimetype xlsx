--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R268ac6da62404cc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35388d8f96b8440a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0ca91e747bb4127"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d679746afc94725"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94600c6c9ffe4083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0ca91e747bb4127" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2623cca94ab64174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d679746afc94725" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental_Unterbewertet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>98,453</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,125</x:t>
-[...85 lines deleted...]
-          <x:t>97,651</x:t>
+          <x:t>100,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>