--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35388d8f96b8440a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdde31caf1f4848d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d679746afc94725"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a97bb60b17b4734"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2623cca94ab64174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d679746afc94725" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66df2cc351c54ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a97bb60b17b4734" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental_Unterbewertet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>