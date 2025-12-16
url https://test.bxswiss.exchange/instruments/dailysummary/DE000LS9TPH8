--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb01ed7e6b1ef48cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8f41f0ff032498d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d4cf66806674850"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81ac4a7fbf2c4b0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47bdd9bdecda4c53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d4cf66806674850" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1554841a69104899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81ac4a7fbf2c4b0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Performer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>26,533</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>