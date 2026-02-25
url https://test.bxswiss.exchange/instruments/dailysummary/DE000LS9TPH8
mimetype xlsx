--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8f41f0ff032498d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6cabe06eef46cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81ac4a7fbf2c4b0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd943b34fdbb0411d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1554841a69104899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81ac4a7fbf2c4b0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ffd356409314790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd943b34fdbb0411d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Performer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...495 lines deleted...]
-          <x:t>28,719</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,290</x:t>
-[...43 lines deleted...]
-          <x:t>27,603</x:t>
+          <x:t>27,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,862</x:t>
-[...26 lines deleted...]
-          <x:t>27,477</x:t>
+          <x:t>28,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>