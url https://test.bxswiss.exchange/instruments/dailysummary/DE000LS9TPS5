--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d31805406504642" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R009e0f57706f4612" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9d875a116d242b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf734a4d8c8914ced"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8928fc90994c4003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9d875a116d242b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc1e7f1e12346bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf734a4d8c8914ced" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Value Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>131,388</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>