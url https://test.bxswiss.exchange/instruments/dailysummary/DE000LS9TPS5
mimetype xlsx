--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R009e0f57706f4612" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8259f908b34afc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf734a4d8c8914ced"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d511d1513a84195"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc1e7f1e12346bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf734a4d8c8914ced" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R662eda1edd3c4e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d511d1513a84195" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Value Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>