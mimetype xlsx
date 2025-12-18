--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R633117d94b874083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R259dc55ff65443a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ef79995cc7431e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f45e5eb6a34e92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb79a1a7e9b374100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ef79995cc7431e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc69d0b6396814287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f45e5eb6a34e92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GermanEnterpriseVariety</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>146,236</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>