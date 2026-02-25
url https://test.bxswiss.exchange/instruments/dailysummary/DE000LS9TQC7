--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R259dc55ff65443a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac42eda1d2734eba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f45e5eb6a34e92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc266bf7de8384ddb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc69d0b6396814287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f45e5eb6a34e92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9a4d870a3b747c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc266bf7de8384ddb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GermanEnterpriseVariety</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>