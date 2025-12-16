--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra18b74a3b6bb4cfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc32dbc3df7004b3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R337ed0b2fa384d78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22fd893e70194935"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb7de5a03554cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R337ed0b2fa384d78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree38e404a8c94a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22fd893e70194935" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fusion von Value und Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>132,600</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,219</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>147,811</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>