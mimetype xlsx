--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc32dbc3df7004b3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89591ac2ecd34370" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22fd893e70194935"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70116ed475a34cb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree38e404a8c94a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22fd893e70194935" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R386c09e2402845d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70116ed475a34cb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fusion von Value und Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>