--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a70aebdb8404a76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d383177713b4480" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42fda29a8b064895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R668137d4bed94b42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29ec16d0d99247e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42fda29a8b064895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d6ecb806b7436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R668137d4bed94b42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SolveFutureChallenges</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>156,053</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>