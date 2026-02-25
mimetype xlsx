--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d383177713b4480" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a8fb8aac823429b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R668137d4bed94b42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R083cb582dd8747cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d6ecb806b7436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R668137d4bed94b42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79345189a4db4441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R083cb582dd8747cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SolveFutureChallenges</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,798</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>157,787</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>159,202</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>