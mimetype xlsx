--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93a998a32d4f4b0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c19f0143af6472c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf19883fdade345c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7af657f7cb044de3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd280ca2cd42e4b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf19883fdade345c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3946e151a23f4327" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7af657f7cb044de3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Red Dragon Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>