--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c19f0143af6472c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e30684afa17407d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7af657f7cb044de3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf408c5e6c91f45ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3946e151a23f4327" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7af657f7cb044de3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc87d1cfad86a4dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf408c5e6c91f45ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Red Dragon Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>