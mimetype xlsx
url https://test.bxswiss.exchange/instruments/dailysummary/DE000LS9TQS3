--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b61441d0d714be2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R206b23a252b148c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52ccd7838b0147dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab61c1a02ce24320"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R652eb6d780f14d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52ccd7838b0147dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46aa5bb0ee3241b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab61c1a02ce24320" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweit offensiv Chancen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>94,864</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>