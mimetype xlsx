--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R206b23a252b148c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03d5b1b78114862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab61c1a02ce24320"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15fca2e1b3de4df2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46aa5bb0ee3241b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab61c1a02ce24320" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red81794a99f042fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15fca2e1b3de4df2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweit offensiv Chancen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>