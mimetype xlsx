--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aa56d3d4ed24291" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a741da99cb94865" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf45680d2df12494c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b1b9d8cddf84868"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550d6ea59ac84548" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf45680d2df12494c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R554f097de4ba4014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b1b9d8cddf84868" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,579 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...546 lines deleted...]
-          <x:t>48,435</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>