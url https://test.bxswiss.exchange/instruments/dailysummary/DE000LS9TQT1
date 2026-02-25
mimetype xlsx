--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a741da99cb94865" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9793e0cf857746cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b1b9d8cddf84868"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R864d626cc63e4996"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R554f097de4ba4014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b1b9d8cddf84868" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8604db4fdb984031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R864d626cc63e4996" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>