--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe541fd601cd4e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R181b3475032f484a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbc5787f066146e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re122d9ca1657476e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba149724ec2147df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbc5787f066146e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re91ea18e81aa4dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re122d9ca1657476e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>41,893</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>