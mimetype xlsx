--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R181b3475032f484a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ee6945777ea402a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re122d9ca1657476e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c0f492fa965473c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re91ea18e81aa4dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re122d9ca1657476e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R173178b9fa914e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c0f492fa965473c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>