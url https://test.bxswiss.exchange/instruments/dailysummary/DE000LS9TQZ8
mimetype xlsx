--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3aa3a5afebb4523" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf46785b548534c3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R278e79d4bf6d4035"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f884bd78e94e93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38bc781d52dd4413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R278e79d4bf6d4035" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23fdb4fc08b24ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f884bd78e94e93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Saubere Luft zum Atmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,586</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>