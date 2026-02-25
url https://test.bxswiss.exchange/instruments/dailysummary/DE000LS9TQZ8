--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf46785b548534c3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17ce1b02df854801" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f884bd78e94e93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R286631fcbd2e48f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23fdb4fc08b24ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f884bd78e94e93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1484a00b414e4da2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R286631fcbd2e48f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Saubere Luft zum Atmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>97,650</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,223</x:t>
-[...193 lines deleted...]
-          <x:t>95,396</x:t>
+          <x:t>97,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>