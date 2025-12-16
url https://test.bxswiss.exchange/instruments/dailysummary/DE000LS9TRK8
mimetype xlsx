--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ac4d960c8604b0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2876faed2904850" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b87193cc8834214"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ba1e27b46ed4337"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdab4b1c0173a4c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b87193cc8834214" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b4308fd3f994e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ba1e27b46ed4337" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LURO high ROI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>109,452</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>