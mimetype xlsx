--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2876faed2904850" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b9fecc9d79245f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ba1e27b46ed4337"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bb90a3489644a76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b4308fd3f994e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ba1e27b46ed4337" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R945a2932c22e437f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bb90a3489644a76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LURO high ROI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>