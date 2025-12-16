--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaca6b33eaf34848" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29da712e45194918" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b6cedf1fa1497c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f9053a3f10c4e3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd575f5a6c5d84ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b6cedf1fa1497c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bb3385d82b74b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f9053a3f10c4e3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Highrisk Zukunftswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>9,052</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>