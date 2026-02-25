--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29da712e45194918" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6e8798595f045d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f9053a3f10c4e3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd078250e91fd4030"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bb3385d82b74b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f9053a3f10c4e3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re231459f37784c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd078250e91fd4030" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Highrisk Zukunftswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>8,823</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,528</x:t>
-[...485 lines deleted...]
-          <x:t>8,264</x:t>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>