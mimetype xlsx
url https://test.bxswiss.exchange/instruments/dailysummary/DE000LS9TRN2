--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd26d80e821e45fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf6f96122b3344c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f19465096a44386"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b1f997a82b4921"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4be07538745481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f19465096a44386" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re689dfced3b04619" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b1f997a82b4921" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alternative Waermeerzeugung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,168</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>