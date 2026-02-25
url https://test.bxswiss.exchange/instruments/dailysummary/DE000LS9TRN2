--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf6f96122b3344c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c4d1631c874d02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b1f997a82b4921"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20a79802384847d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re689dfced3b04619" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b1f997a82b4921" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18f452534d4243e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20a79802384847d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alternative Waermeerzeugung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>