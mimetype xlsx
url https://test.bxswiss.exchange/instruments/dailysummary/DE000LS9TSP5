--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra82250175bc34880" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R635adadec95e4a13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6560bfbfaf0462f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R089b2fa0497a4847"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22cb505b00f24f12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6560bfbfaf0462f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90e673e8fab9452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R089b2fa0497a4847" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DBI Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>206,968</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>