--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R635adadec95e4a13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reccc418bed2d4016" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R089b2fa0497a4847"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43ac6a6e3082466b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90e673e8fab9452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R089b2fa0497a4847" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R315d72bb5cfd46c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43ac6a6e3082466b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DBI Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>