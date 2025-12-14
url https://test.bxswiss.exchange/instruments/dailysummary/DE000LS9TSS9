--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R476f57a52ec34409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47e70ad45e744db1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e65418e13a645cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf363182f305648df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb568bde47a54795" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e65418e13a645cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4ed922f9352416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf363182f305648df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Investmentideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>84,632</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>