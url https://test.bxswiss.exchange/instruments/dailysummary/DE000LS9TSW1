--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf884afdd2d774a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8645e53269a640af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2af4cc1e23414026"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1778bef7f6a4254"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4d3b2eea574665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2af4cc1e23414026" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a41772910114cba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1778bef7f6a4254" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13F Filings TOP20 Holdings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>106,869</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,979</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>105,936</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>