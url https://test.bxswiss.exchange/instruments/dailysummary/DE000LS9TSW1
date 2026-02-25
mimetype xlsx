--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8645e53269a640af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d191556e6ca404c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1778bef7f6a4254"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabcc383ece824890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a41772910114cba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1778bef7f6a4254" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ccf12153ff64e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabcc383ece824890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13F Filings TOP20 Holdings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>103,677</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,100</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>103,431</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>