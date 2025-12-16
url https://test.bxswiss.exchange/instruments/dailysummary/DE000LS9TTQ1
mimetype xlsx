--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92e64bd7d2a24501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e4fed5979e64252" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1f63ef5cafe497e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R922bc976742b40c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R046b1c692ad54126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1f63ef5cafe497e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45efdf405cb74330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R922bc976742b40c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TTQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>104,747</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...397 lines deleted...]
-          <x:t>105,071</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>