--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e4fed5979e64252" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817068c9aa124906" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R922bc976742b40c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raee480fc6e9b49f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45efdf405cb74330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R922bc976742b40c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R684f7a325dae4309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raee480fc6e9b49f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TTQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>