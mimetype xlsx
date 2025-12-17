--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eb72620b2cb43f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb724b0f141cc40af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67270c90aab5482d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c5c063a0eed4686"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90b0dbec53c44677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67270c90aab5482d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc264110ccb9b496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c5c063a0eed4686" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalTitanOne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>128,189</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,340</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>129,539</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>