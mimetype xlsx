--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb724b0f141cc40af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f36fc6d06654faf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c5c063a0eed4686"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2a05444ca124633"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc264110ccb9b496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c5c063a0eed4686" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10cb6631db954181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2a05444ca124633" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalTitanOne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>125,668</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,734</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>124,165</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>