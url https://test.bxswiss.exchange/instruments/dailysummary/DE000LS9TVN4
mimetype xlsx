--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e8668969f84463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd28a3d97ffe4579" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e7f588303324496"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e37569cf8984261"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb8c40563bcb4336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e7f588303324496" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d8a30b9ac647b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e37569cf8984261" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ExAm Dividenden </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>111,996</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>112,392</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,308</x:t>
-[...301 lines deleted...]
-          <x:t>112,413</x:t>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>