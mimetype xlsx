--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd28a3d97ffe4579" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf19882ea7ed04258" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e37569cf8984261"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce740bcefaf3419a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d8a30b9ac647b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e37569cf8984261" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd853f3cbb4d488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce740bcefaf3419a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ExAm Dividenden </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>112,142</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,231</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>112,280</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>